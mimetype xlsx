--- v0 (2026-01-10)
+++ v1 (2026-03-06)
@@ -8,123 +8,145 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="ENEM" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>CPF</t>
   </si>
   <si>
     <t>Telefone</t>
   </si>
   <si>
     <t>Curso</t>
   </si>
   <si>
     <t>Ano ENEM</t>
   </si>
   <si>
     <t>Nota ENEM</t>
   </si>
   <si>
     <t>Redação</t>
   </si>
   <si>
     <t>Inscrição ENEM</t>
   </si>
   <si>
     <t>Aceite Edital</t>
   </si>
   <si>
     <t>Criado em</t>
+  </si>
+  <si>
+    <t>Maria luiza Marques</t>
+  </si>
+  <si>
+    <t>maluiza123safira2020jimin2021@gmail.com</t>
+  </si>
+  <si>
+    <t>06768933337</t>
+  </si>
+  <si>
+    <t>86999495950</t>
+  </si>
+  <si>
+    <t>fonoaudiologia</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>251017963686</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -424,99 +446,137 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L1"/>
+  <dimension ref="A1:L2"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="3" width="30" customWidth="1"/>
     <col min="4" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="25" customWidth="1"/>
     <col min="7" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="20" customWidth="1"/>
     <col min="11" max="11" width="15" customWidth="1"/>
     <col min="12" max="12" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>152</v>
+      </c>
+      <c r="B2" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E2" t="s">
+        <v>15</v>
+      </c>
+      <c r="F2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G2" t="s">
+        <v>17</v>
+      </c>
+      <c r="H2">
+        <v>491</v>
+      </c>
+      <c r="I2">
+        <v>660</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K2">
+        <v>1</v>
+      </c>
+      <c r="L2" s="1">
+        <v>46087.001550925925</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">